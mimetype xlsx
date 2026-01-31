--- v0 (2025-12-10)
+++ v1 (2026-01-31)
@@ -11536,57 +11536,57 @@
       <c r="B216" t="s">
         <v>369</v>
       </c>
       <c r="C216" t="s">
         <v>22</v>
       </c>
       <c r="D216" t="s">
         <v>370</v>
       </c>
       <c r="E216" t="s">
         <v>371</v>
       </c>
       <c r="F216" t="s">
         <v>372</v>
       </c>
       <c r="G216">
         <v>2023</v>
       </c>
       <c r="H216" t="s">
         <v>373</v>
       </c>
       <c r="I216">
         <v>101</v>
       </c>
       <c r="J216">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="K216">
         <v>0</v>
       </c>
       <c r="L216">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M216" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217">
         <v>404</v>
       </c>
       <c r="B217" t="s">
         <v>369</v>
       </c>
       <c r="C217" t="s">
         <v>22</v>
       </c>
       <c r="D217" t="s">
         <v>374</v>
       </c>
       <c r="E217" t="s">
         <v>371</v>
       </c>
       <c r="F217" t="s">
         <v>372</v>
       </c>
       <c r="G217">