--- v0 (2025-12-11)
+++ v1 (2026-01-31)
@@ -2237,51 +2237,51 @@
   <si>
     <t>BCR-CO-251-14-001-R-2309-2312-0000001-0005000</t>
   </si>
   <si>
     <t>BCR-CO-251-14-001-3-2501-2509-0000001-0002500</t>
   </si>
   <si>
     <t>BCR-CO-251-14-001-3-2401-2412-0000001-0002500</t>
   </si>
   <si>
     <t>BCR-CO-251-14-001-3-2309-2312-0000001-0005000</t>
   </si>
   <si>
     <t>BCR-CO-251-14-001-2-2501-2509-0000001-0020000</t>
   </si>
   <si>
     <t>BCR-CO-251-14-001-2-2401-2412-0000001-0020000</t>
   </si>
   <si>
     <t>40,000</t>
   </si>
   <si>
     <t>BCR-CO-251-14-001-2-2309-2312-0000001-0040000</t>
   </si>
   <si>
-    <t>38,999</t>
+    <t>38,998</t>
   </si>
   <si>
     <t>2023-08-25</t>
   </si>
   <si>
     <t>BCR-AL-251-7-001-R-2501-2508-0000001-0002500</t>
   </si>
   <si>
     <t>BCR-AL-251-7-001</t>
   </si>
   <si>
     <t>TEST martes</t>
   </si>
   <si>
     <t>TEST friday</t>
   </si>
   <si>
     <t>2025-08-08</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>BCR-AL-251-7-001-R-2401-2412-0000001-0002500</t>
   </si>
@@ -17554,51 +17554,51 @@
       <c r="A360" t="s">
         <v>709</v>
       </c>
       <c r="B360" t="s">
         <v>739</v>
       </c>
       <c r="C360" t="s">
         <v>740</v>
       </c>
       <c r="D360" t="s">
         <v>711</v>
       </c>
       <c r="E360" t="s">
         <v>712</v>
       </c>
       <c r="F360" t="s">
         <v>713</v>
       </c>
       <c r="G360" t="s">
         <v>704</v>
       </c>
       <c r="H360" t="s">
         <v>457</v>
       </c>
       <c r="I360">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J360" t="s">
         <v>741</v>
       </c>
       <c r="K360" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="361" spans="1:11">
       <c r="A361" t="s">
         <v>742</v>
       </c>
       <c r="B361" t="s">
         <v>135</v>
       </c>
       <c r="C361" t="s">
         <v>743</v>
       </c>
       <c r="D361" t="s">
         <v>744</v>
       </c>
       <c r="E361" t="s">
         <v>745</v>
       </c>
       <c r="F361" t="s">